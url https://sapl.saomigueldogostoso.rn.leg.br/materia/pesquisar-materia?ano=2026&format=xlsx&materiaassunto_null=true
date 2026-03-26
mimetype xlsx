--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -10,132 +10,454 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="215" uniqueCount="128">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>EMDF</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa</t>
+  </si>
+  <si>
+    <t>Ednaldo Coutinho</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/196/emenda_ednaldo_-_lc_-_contratacao_temporaria1.pdf</t>
+  </si>
+  <si>
+    <t>Modifica o art. 5º do Projeto de Lei Complementar nº 217/2026, para fixar prazo máximo sem prorrogação para as contratações emergenciais.</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>EMDS</t>
+  </si>
+  <si>
+    <t>Emenda Substitutiva</t>
+  </si>
+  <si>
+    <t>Tiago Peixoto</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/200/01_-_sms_-_acao_para_atendimento_de_neurologista_-_tiago_peixoto.pdf</t>
+  </si>
+  <si>
+    <t>Realização de ação para ATENDIMENTO COM NEUROLOGISTA E REALIZAÇÃO DE EXAMES DA ÁREA.</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/201/01_-_sms_-_acao_para_atendimento_de_neurologista_-_tiago_peixoto.pdf</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Evandro Menezes</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/189/evandro_ind2026-1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao poder executivo municipal a implantação e utilização do sistema integrado de gestão da educação- SIGEDUC nas escolas da rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/190/indicacao_001_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica que, por meio da Secretaria Municipal de Educação, sejam adotadas as providências necessárias para a construção, implantação, modernização e manutenção de salas de informática nas escolas da rede pública municipal de ensino.</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/193/indicacao_001_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>Realização de serviços de recuperação das Ruas Garacimbora e Peixe Serra, ambas ruas de terra, que se encontram danificadas em decorrência das recentes chuvas.</t>
+  </si>
+  <si>
     <t>181</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldogostoso.rn.leg.br/media/</t>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2026, que Dispõe sobre norma de_x000D_
 caráter administrativo voltada ao custeio de despesas relacionadas_x000D_
 às atividades parlamentares no âmbito da Câmara Municipal de São_x000D_
 Miguel do Gostoso/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE SÃO MIGUEL DO GOSTOSO - PREFE</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/179/projeto_de_lei_2162026-_salario_minimo_2026_1.pdf</t>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/179/projeto_de_lei_2162026-_salario_minimo_2026_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do vencimento mínimo dos servidores públicos do Município de São Miguel do Gostoso/RN, em conformidade com o salário-mínimo nacional vigente em 2026, e dá outras providências.</t>
   </si>
   <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/182/projeto_de_lei_2182026_contratacoes_estagiarios_em_pdf_ass_digital.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de lei 218/2026 - Institui o Programa Municipal de Estágio no âmbito da Administração Pública Direta do Município de São Miguel do Gostoso/RN e dá outras providências.</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/191/projeto_de_lei_003_2026_aluno_destaque.pdf</t>
+  </si>
+  <si>
+    <t>Institui o programa municipal “Aluno destaque” no âmbito da rede pública municipal de ensino e Dá outras providências.</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>Leonardo Teixeira da Cunha</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/197/projeto_de_lei_2192026.docx_expansao_urbana.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de lei  219/2026_x000D_
+Dá nova redação à Lei Municipal nº 319/2018, que _x000D_
+delimita o perímetro urbano do Município de São Miguel _x000D_
+do Gostoso/RN, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/198/2_-_projeto_de_lei_2212026_municipal_-_de_criacao_do_fundo_municipal_de_habitacao_de_interesse_social_fmhis.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DE UNIDADE ORÇAMENTÁRIA ESPECÍFICA DO FUNDO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL - FMHIS E AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 612.374,54, MEDIANTE ANULAÇÃO PARCIAL DE DOTAÇÃO ORÇAMENTÁRIA, NO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/199/2_-_projeto_de_lei_municipal_no_2222026_-_de_inclusao_de_novas_acoes_na_loa_e_ppa_2026-2029.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL (LOA) DO MUNICÍPIO DE SÃO MIGUEL DO GOSTOSO/RN, PARA O PERÍODO DE 2026, INSTITUÍDO PELA LEI MUNICIPAL Nº 550, DE 30 DE DEZEMBRO DE 2025, MEDIANTE INCLUSÃO DE AÇÕES DO PODER EXECUTIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/204/projeto_de_lei_educador_desraque_do_ano.pdf</t>
+  </si>
+  <si>
+    <t>Institui o programa municipal de valorização do magistério – reconhecimento “Educador destaque do ano”, no âmbito do município, sem geração de impacto financeiro, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/184/pl_217.2026_final_1.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei 217/2026_x000D_
+Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público no âmbito do Município de São Miguel do Gostoso/RN, nos termos do art. 37, inciso IX, da Constituição Federal, e dá outras providências</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/187/projeto_de_lei_2182026_atualizada_contratacoes__5pdf_assinatura_digital.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI COMPLEMENTAR Nº 218/2026_x000D_
+Institui o Programa Municipal de Estágio no âmbito da_x000D_
+Administração Pública Direta do Município de São_x000D_
+Miguel do Gostoso/RN e dá outras providências.</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>PODER LEGISLATIVO - POLE</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/188/lei_oo2_reestrutura_casa.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI COMPLEMENTAR Nº. 02/2026_x000D_
+Revoga a Lei Complementar nº 387/2022 e a Lei_x000D_
+nº 438/2022, para dispor sobre a nova estrutura_x000D_
+administrativa e organizacional da Câmara_x000D_
+Municipal e dá outras providências.</t>
+  </si>
+  <si>
     <t>180</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/180/projeto_de_lei_do_legislativo_0001-2026.pdf</t>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/180/projeto_de_lei_do_legislativo_0001-2026.pdf</t>
   </si>
   <si>
     <t>I – PROJETO DE RESOLUÇÃO Nº 001/2026, que Autoriza a Câmara_x000D_
 Municipal de São Miguel do Gostoso/RN a doar bens móveis_x000D_
 inservíveis ao Poder Executivo Municipal, por meio da Secretaria_x000D_
 Municipal de Saúde e da Secretaria Municipal de Assistência_x000D_
 Social, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>Jean Ribeiro da Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/192/resolucao_parlamento_jovem.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Parlamento Jovem no âmbito da _x000D_
+Câmara Municipal de São Miguel do Gostoso/RN e dá _x000D_
+outras providências.</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/183/oficio_24_camara.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de Devolução da PL 218/2026 para complementação da matéria, por parte do Executivo</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/185/requerimento_001_2026_solicita_reforma_escola_novo_horizonte.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que sejam adotadas as providências necessárias para a reforma da Escola Municipal Maria Soledade Coelho de Oliveira, localizada no distrito de Novo Horizonte</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/186/requerimento_002_2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicita redução do recesso parlamentar no âmbito da Câmara Municipal.</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/194/requerimento_002_2026.pdf</t>
+  </si>
+  <si>
+    <t>solicita ao poder executivo que  por meio da Secretaria Municipal de Educação seja adotada medidas para garantir o pagamento do Piso Salarial Profissional Nacional do Magistério público da educação básica de ensino de acordo com a lei 11.738/2008 que pode alcançar professores, diretores, coordenadores pedagógicos e supervisores escolares, desde que estes sejam do magistério da educação básica, tanto aos profissionais com vínculo efetivo quanto aos profissionais contratados temporariamente, de forma proporcional à carga horária exercida.</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/195/requerimento_003_2026_concurso.pdf</t>
+  </si>
+  <si>
+    <t>solicita ao poder executivo a realização de Concurso Público no Município de São Miguel do Gostoso/RN, com a finalidade de suprir as necessidades de servidores efetivos nas diversas áreas da administração pública municipal.</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/202/requerimento_004_2026.pdf</t>
+  </si>
+  <si>
+    <t>solicita ao poder executivo a conclusão da Arena de Futevôlei localizada na comunidade de Cruzamento.</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/203/requerimento_005_2026.pdf</t>
+  </si>
+  <si>
+    <t>solicita ao poder executivo que por meio da Secretaria competente seja feita a reinstalação de dois chuveiros nas quadras de beach tênis, localizadas na Praia do Cardeiro</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -439,174 +761,798 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldogostoso.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/179/projeto_de_lei_2162026-_salario_minimo_2026_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/180/projeto_de_lei_do_legislativo_0001-2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/196/emenda_ednaldo_-_lc_-_contratacao_temporaria1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/200/01_-_sms_-_acao_para_atendimento_de_neurologista_-_tiago_peixoto.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/201/01_-_sms_-_acao_para_atendimento_de_neurologista_-_tiago_peixoto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/189/evandro_ind2026-1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/190/indicacao_001_2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/193/indicacao_001_de_2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/179/projeto_de_lei_2162026-_salario_minimo_2026_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/182/projeto_de_lei_2182026_contratacoes_estagiarios_em_pdf_ass_digital.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/191/projeto_de_lei_003_2026_aluno_destaque.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/197/projeto_de_lei_2192026.docx_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/198/2_-_projeto_de_lei_2212026_municipal_-_de_criacao_do_fundo_municipal_de_habitacao_de_interesse_social_fmhis.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/199/2_-_projeto_de_lei_municipal_no_2222026_-_de_inclusao_de_novas_acoes_na_loa_e_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/204/projeto_de_lei_educador_desraque_do_ano.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/184/pl_217.2026_final_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/187/projeto_de_lei_2182026_atualizada_contratacoes__5pdf_assinatura_digital.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/188/lei_oo2_reestrutura_casa.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/180/projeto_de_lei_do_legislativo_0001-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/192/resolucao_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/183/oficio_24_camara.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/185/requerimento_001_2026_solicita_reforma_escola_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/186/requerimento_002_2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/194/requerimento_002_2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/195/requerimento_003_2026_concurso.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/202/requerimento_004_2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldogostoso.rn.leg.br/media/sapl/public/materialegislativa/2026/203/requerimento_005_2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="54.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="186.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="188" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
-[...8 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G4" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
         <v>22</v>
       </c>
-      <c r="G4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H4" t="s">
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>0</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>0</v>
+      </c>
+      <c r="E6" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>0</v>
+      </c>
+      <c r="E7" t="s">
+        <v>28</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
+        <v>41</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>47</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" t="s">
+        <v>41</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H11" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" t="s">
+        <v>41</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H12" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>63</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H13" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>67</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>41</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>60</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H14" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D15" t="s">
+        <v>41</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H15" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>24</v>
+      </c>
+      <c r="D16" t="s">
+        <v>76</v>
+      </c>
+      <c r="E16" t="s">
+        <v>77</v>
+      </c>
+      <c r="F16" t="s">
+        <v>47</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H16" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>80</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>81</v>
+      </c>
+      <c r="D17" t="s">
+        <v>76</v>
+      </c>
+      <c r="E17" t="s">
+        <v>77</v>
+      </c>
+      <c r="F17" t="s">
+        <v>47</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H17" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>84</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>85</v>
+      </c>
+      <c r="D18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F18" t="s">
+        <v>86</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H18" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>89</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E19" t="s">
+        <v>91</v>
+      </c>
+      <c r="F19" t="s">
+        <v>86</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H19" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>94</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>81</v>
+      </c>
+      <c r="D20" t="s">
+        <v>90</v>
+      </c>
+      <c r="E20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F20" t="s">
+        <v>95</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H20" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>98</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>99</v>
+      </c>
+      <c r="D21" t="s">
+        <v>100</v>
+      </c>
+      <c r="E21" t="s">
+        <v>101</v>
+      </c>
+      <c r="F21" t="s">
+        <v>47</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H21" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>104</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>105</v>
+      </c>
+      <c r="D22" t="s">
+        <v>100</v>
+      </c>
+      <c r="E22" t="s">
+        <v>101</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H22" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>108</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>109</v>
+      </c>
+      <c r="D23" t="s">
+        <v>100</v>
+      </c>
+      <c r="E23" t="s">
+        <v>101</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H23" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>112</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>113</v>
+      </c>
+      <c r="D24" t="s">
+        <v>100</v>
+      </c>
+      <c r="E24" t="s">
+        <v>101</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H24" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>116</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>117</v>
+      </c>
+      <c r="D25" t="s">
+        <v>100</v>
+      </c>
+      <c r="E25" t="s">
+        <v>101</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H25" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>120</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>121</v>
+      </c>
+      <c r="D26" t="s">
+        <v>100</v>
+      </c>
+      <c r="E26" t="s">
+        <v>101</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H26" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>124</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>125</v>
+      </c>
+      <c r="D27" t="s">
+        <v>100</v>
+      </c>
+      <c r="E27" t="s">
+        <v>101</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H27" t="s">
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>