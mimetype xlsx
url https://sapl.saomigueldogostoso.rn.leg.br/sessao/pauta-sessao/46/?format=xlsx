--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -10,95 +10,98 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="16">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei nº 216 de 2026</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE SÃO MIGUEL DO GOSTOSO - PREFE</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do vencimento mínimo dos servidores públicos do Município de São Miguel do Gostoso/RN, em conformidade com o salário-mínimo nacional vigente em 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1 de 2026</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2026, que Dispõe sobre norma de_x000D_
 caráter administrativo voltada ao custeio de despesas relacionadas_x000D_
 às atividades parlamentares no âmbito da Câmara Municipal de São_x000D_
 Miguel do Gostoso/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>PODER LEGISLATIVO - POLE</t>
   </si>
   <si>
     <t>I – PROJETO DE RESOLUÇÃO Nº 001/2026, que Autoriza a Câmara_x000D_
 Municipal de São Miguel do Gostoso/RN a doar bens móveis_x000D_
 inservíveis ao Poder Executivo Municipal, por meio da Secretaria_x000D_
 Municipal de Saúde e da Secretaria Municipal de Assistência_x000D_
 Social, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -478,52 +481,55 @@
         <v>181</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>180</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>